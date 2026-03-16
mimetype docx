--- v0 (2025-12-30)
+++ v1 (2026-03-16)
@@ -178,110 +178,110 @@
       <w:r w:rsidR="00916120" w:rsidRPr="00916120">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="365132C3" w14:textId="1ADD3261" w:rsidR="00916120" w:rsidRPr="00916120" w:rsidRDefault="00916120" w:rsidP="00916120">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00916120">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Krimināllietu departamenta</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3734367C" w14:textId="41635468" w:rsidR="00916120" w:rsidRPr="00916120" w:rsidRDefault="00916120" w:rsidP="00916120">
+    <w:p w14:paraId="20AEA81C" w14:textId="77777777" w:rsidR="00F2189D" w:rsidRDefault="00916120" w:rsidP="00F2189D">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00916120">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>2025. gada [..]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C86CB38" w14:textId="6293CADB" w:rsidR="00916120" w:rsidRPr="00916120" w:rsidRDefault="00916120" w:rsidP="00916120">
-[...16 lines deleted...]
-    <w:p w14:paraId="1B41F681" w14:textId="5AA285C9" w:rsidR="00916120" w:rsidRPr="00195D00" w:rsidRDefault="00916120" w:rsidP="00916120">
+    <w:p w14:paraId="0190C375" w14:textId="134D89DD" w:rsidR="00F2189D" w:rsidRPr="00195D00" w:rsidRDefault="00F2189D" w:rsidP="00F2189D">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00916120">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>LĒMUMS</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:footnoteReference w:id="1"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C86CB38" w14:textId="6293CADB" w:rsidR="00916120" w:rsidRPr="00916120" w:rsidRDefault="00916120" w:rsidP="00916120">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00916120">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Lieta Nr. [..], SKK-[G]/2025</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="268B20C6" w14:textId="3129344F" w:rsidR="00916120" w:rsidRPr="008D188F" w:rsidRDefault="00916120" w:rsidP="00916120">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00916120">
         <w:t>ECLI:LV:AT:2025:</w:t>
       </w:r>
       <w:r>
         <w:t>[..]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0EA9A0CC" w14:textId="77777777" w:rsidR="00BE7377" w:rsidRDefault="00BE7377" w:rsidP="00BE7377">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1C8A74F3" w14:textId="522AA9F7" w:rsidR="00BE7377" w:rsidRDefault="00BE7377" w:rsidP="008D188F">
@@ -14146,51 +14146,51 @@
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="42E8F142" w14:textId="77777777" w:rsidR="009B0C12" w:rsidRDefault="009B0C12" w:rsidP="006633DF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="25041D74" w14:textId="77777777" w:rsidR="009B0C12" w:rsidRDefault="009B0C12" w:rsidP="006633DF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
-    <w:p w14:paraId="27F34D3B" w14:textId="15260269" w:rsidR="00916120" w:rsidRDefault="00916120" w:rsidP="00916120">
+    <w:p w14:paraId="068ABBA6" w14:textId="77777777" w:rsidR="00F2189D" w:rsidRDefault="00F2189D" w:rsidP="00F2189D">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00916120">
         <w:t>Slēgtas lietas statuss.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF89"/>
     <w:multiLevelType w:val="singleLevel"/>
@@ -17229,50 +17229,51 @@
     <w:rsid w:val="004412D3"/>
     <w:rsid w:val="00444964"/>
     <w:rsid w:val="004458AC"/>
     <w:rsid w:val="0045022E"/>
     <w:rsid w:val="00450E24"/>
     <w:rsid w:val="00451508"/>
     <w:rsid w:val="00451AD2"/>
     <w:rsid w:val="004522C6"/>
     <w:rsid w:val="00453E10"/>
     <w:rsid w:val="004544E1"/>
     <w:rsid w:val="00455D79"/>
     <w:rsid w:val="00457126"/>
     <w:rsid w:val="00461AFC"/>
     <w:rsid w:val="00463C98"/>
     <w:rsid w:val="00465C13"/>
     <w:rsid w:val="004674FB"/>
     <w:rsid w:val="004707CD"/>
     <w:rsid w:val="004714CA"/>
     <w:rsid w:val="0047152C"/>
     <w:rsid w:val="00471668"/>
     <w:rsid w:val="00472E73"/>
     <w:rsid w:val="00474E11"/>
     <w:rsid w:val="0047656C"/>
     <w:rsid w:val="00476986"/>
     <w:rsid w:val="004769EE"/>
+    <w:rsid w:val="004778FA"/>
     <w:rsid w:val="00480F27"/>
     <w:rsid w:val="00482A77"/>
     <w:rsid w:val="00482D53"/>
     <w:rsid w:val="004854C6"/>
     <w:rsid w:val="00485998"/>
     <w:rsid w:val="004871D8"/>
     <w:rsid w:val="00487CFF"/>
     <w:rsid w:val="00491802"/>
     <w:rsid w:val="004928BD"/>
     <w:rsid w:val="004934D6"/>
     <w:rsid w:val="00494B42"/>
     <w:rsid w:val="00495D8A"/>
     <w:rsid w:val="0049627A"/>
     <w:rsid w:val="004963DA"/>
     <w:rsid w:val="0049667A"/>
     <w:rsid w:val="00497AD2"/>
     <w:rsid w:val="00497D81"/>
     <w:rsid w:val="004A1F41"/>
     <w:rsid w:val="004A2019"/>
     <w:rsid w:val="004A3359"/>
     <w:rsid w:val="004A390B"/>
     <w:rsid w:val="004A7ED3"/>
     <w:rsid w:val="004B0F29"/>
     <w:rsid w:val="004B12A5"/>
     <w:rsid w:val="004B5077"/>
@@ -18262,50 +18263,51 @@
     <w:rsid w:val="00ED3ADD"/>
     <w:rsid w:val="00ED7DCA"/>
     <w:rsid w:val="00EE42B1"/>
     <w:rsid w:val="00EE544B"/>
     <w:rsid w:val="00EE5916"/>
     <w:rsid w:val="00EE6537"/>
     <w:rsid w:val="00EF0001"/>
     <w:rsid w:val="00EF20B0"/>
     <w:rsid w:val="00EF22A1"/>
     <w:rsid w:val="00EF3442"/>
     <w:rsid w:val="00EF4487"/>
     <w:rsid w:val="00EF525B"/>
     <w:rsid w:val="00EF60C1"/>
     <w:rsid w:val="00EF62D4"/>
     <w:rsid w:val="00EF7534"/>
     <w:rsid w:val="00F018D8"/>
     <w:rsid w:val="00F032C4"/>
     <w:rsid w:val="00F0441A"/>
     <w:rsid w:val="00F048E6"/>
     <w:rsid w:val="00F06157"/>
     <w:rsid w:val="00F06AFA"/>
     <w:rsid w:val="00F10C34"/>
     <w:rsid w:val="00F13681"/>
     <w:rsid w:val="00F14B53"/>
     <w:rsid w:val="00F15E63"/>
+    <w:rsid w:val="00F2189D"/>
     <w:rsid w:val="00F22F37"/>
     <w:rsid w:val="00F23190"/>
     <w:rsid w:val="00F2441F"/>
     <w:rsid w:val="00F25715"/>
     <w:rsid w:val="00F25B00"/>
     <w:rsid w:val="00F25B17"/>
     <w:rsid w:val="00F30433"/>
     <w:rsid w:val="00F33980"/>
     <w:rsid w:val="00F35A33"/>
     <w:rsid w:val="00F3607F"/>
     <w:rsid w:val="00F371AF"/>
     <w:rsid w:val="00F374F2"/>
     <w:rsid w:val="00F37DF1"/>
     <w:rsid w:val="00F405A4"/>
     <w:rsid w:val="00F409D0"/>
     <w:rsid w:val="00F40E9F"/>
     <w:rsid w:val="00F42877"/>
     <w:rsid w:val="00F43EFA"/>
     <w:rsid w:val="00F45A0F"/>
     <w:rsid w:val="00F46459"/>
     <w:rsid w:val="00F46572"/>
     <w:rsid w:val="00F46A86"/>
     <w:rsid w:val="00F52202"/>
     <w:rsid w:val="00F5263B"/>
     <w:rsid w:val="00F52711"/>